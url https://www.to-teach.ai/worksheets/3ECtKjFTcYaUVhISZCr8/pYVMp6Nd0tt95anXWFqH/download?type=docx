--- v0 (2025-11-04)
+++ v1 (2025-12-14)
@@ -98,51 +98,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">From Prison to Presidency: The Legacy of Nelson Mandela</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="default"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2095500" cy="2714625"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="1294" name="" descr="" title=""/>
+            <wp:docPr id="2301" name="" descr="" title=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="none"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2095500" cy="2714625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
@@ -505,142 +505,142 @@
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">                                       </w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Date:</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:r>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" allowOverlap="1" behindDoc="1" locked="0" layoutInCell="1" relativeHeight="1047750">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>140000</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7620000" cy="1047750"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1292" name="" descr="" title=""/>
+          <wp:docPr id="2299" name="" descr="" title=""/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="" descr=""/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId0" cstate="none"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7620000" cy="1047750"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
     <w:r>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" allowOverlap="1" behindDoc="0" locked="0" layoutInCell="1" relativeHeight="762000">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>5760000</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>320000</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="762000" cy="762000"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1293" name="" descr="" title=""/>
+          <wp:docPr id="2300" name="" descr="" title=""/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="" descr=""/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="none"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="762000" cy="762000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="1295" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2302" w15:restartNumberingAfterBreak="0">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -681,51 +681,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1295"/>
+    <w:abstractNumId w:val="2302"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:displayBackgroundShape/>
   <w:evenAndOddHeaders w:val="false"/>
   <w:compat>
     <w:compatSetting w:val="15" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
   </w:compat>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:b w:val="false"/>
         <w:bCs w:val="false"/>
         <w:sz w:val="22"/>
@@ -942,51 +942,51 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="64748b"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="narrow">
     <w:name w:val="Narrow"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="240"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/5wyem1ud6a517did24hvi.png"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/dfytzzzlomoosm9djijkq.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/aylgpr1bwazggu3tcrfpb.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/9wpfyf4fricipwkikfkrl.png"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/gfcth7-p7nsjfmwticsnt.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/pd5qsmduln_dcjl1dvkpe.png"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>