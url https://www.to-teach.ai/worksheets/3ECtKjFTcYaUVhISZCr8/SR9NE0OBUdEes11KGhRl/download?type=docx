--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -146,188 +146,188 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="638"/>
         <w:gridCol w:w="9000"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="638"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9000"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Hello! The person unboxing introduces themselves. They provide information about the history or background of the unboxing video.</w:t>
+              <w:t xml:space="preserve">What is that? Even before unpacking, something can be said about the packaging, the writing, and the presentation. Something can also be said about the sender and the delivery service.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="638"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9000"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The first look! The recipient opens the box and describes what they discover in the box at first glance. He or she provides an initial overview of the contents and perhaps also of the packaging material.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="638"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9000"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">What is in the box? Now the individual items are coming to light one after another. The recipient reacts with emotions, reactions, and comments.</w:t>
+              <w:t xml:space="preserve">And now what? Finally, the box is once again viewed as a whole. What is (un)usable, too much/too little, still desirable, exciting…? Is something being sent back? What do people think differently about? What will change?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="638"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9000"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">And now what? Finally, the box is once again viewed as a whole. What is (un)usable, too much/too little, still desirable, exciting…? Is something being sent back? What do people think differently about? What will change?</w:t>
+              <w:t xml:space="preserve">What does it say there? If there is a cover letter or a note, it could now be taken out and read aloud. Include pauses, comments, and reactions!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="638"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9000"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">What is that? Even before unpacking, something can be said about the packaging, the writing, and the presentation. Something can also be said about the sender and the delivery service.</w:t>
+              <w:t xml:space="preserve">Hello! The person unboxing introduces themselves. They provide information about the history or background of the unboxing video.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="638"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9000"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="default"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">What does it say there? If there is a cover letter or a note, it could now be taken out and read aloud. Include pauses, comments, and reactions!</w:t>
+              <w:t xml:space="preserve">What is in the box? Now the individual items are coming to light one after another. The recipient reacts with emotions, reactions, and comments.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5715000" cy="5715000"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="817" name="" descr="" title=""/>
+            <wp:docPr id="2450" name="" descr="" title=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="none"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5715000" cy="5715000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
@@ -908,142 +908,142 @@
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">                                       </w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Date:</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:r>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" allowOverlap="1" behindDoc="1" locked="0" layoutInCell="1" relativeHeight="1047750">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>140000</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7620000" cy="1047750"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="815" name="" descr="" title=""/>
+          <wp:docPr id="2448" name="" descr="" title=""/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="" descr=""/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId0" cstate="none"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7620000" cy="1047750"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
     <w:r>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" allowOverlap="1" behindDoc="0" locked="0" layoutInCell="1" relativeHeight="762000">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>5760000</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>320000</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="762000" cy="762000"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="816" name="" descr="" title=""/>
+          <wp:docPr id="2449" name="" descr="" title=""/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="" descr=""/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="none"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="762000" cy="762000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="818" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2451" w15:restartNumberingAfterBreak="0">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1084,51 +1084,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w15:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="818"/>
+    <w:abstractNumId w:val="2451"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:displayBackgroundShape/>
   <w:evenAndOddHeaders w:val="false"/>
   <w:compat>
     <w:compatSetting w:val="15" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
   </w:compat>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:b w:val="false"/>
         <w:bCs w:val="false"/>
         <w:sz w:val="22"/>
@@ -1345,51 +1345,51 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="64748b"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="narrow">
     <w:name w:val="Narrow"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="240"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/ep1rlojln2rxmavl3bqdx.png"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/yn_rf2dfep5esw7z0yw0z.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/irix5wqeid2ng50i7vjkp.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/_crwwtp_0hfnvej6bhfom.png"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/4djcrl8bduz9in7uhbf6o.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/acdpjidgnzhisgy2qwm09.png"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>